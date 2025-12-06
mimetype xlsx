--- v0 (2025-10-18)
+++ v1 (2025-12-06)
@@ -1,79 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:dbsheet="http://web.wps.cn/et/2021/dbsheet">
-  <fileVersion appName="xl" lastEdited="3" lowestEdited="5" rupBuild="9302"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Book Club Sets Info 2025\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
   <bookViews>
-    <workbookView windowWidth="28800" windowHeight="12180"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Sheet1!$1:$1</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="743" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="736" uniqueCount="307">
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t xml:space="preserve">Number of copies available </t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Short Description</t>
   </si>
   <si>
     <t xml:space="preserve">eResources available </t>
   </si>
   <si>
     <t xml:space="preserve">Available to request in Large Print </t>
   </si>
   <si>
     <t>Available to request as an audio book</t>
   </si>
   <si>
@@ -149,59 +155,50 @@
     <t>Non Fiction</t>
   </si>
   <si>
     <t>A book on awe, wonder and how we continue to glow when the world goes dark, on finding the magic that will sustain and fuel us from within.</t>
   </si>
   <si>
     <t>Barnes, Julian</t>
   </si>
   <si>
     <t>The Sense of an Ending</t>
   </si>
   <si>
     <t>Winner of the Man Booker prize 2011, a portrait of the costs and benefits of time passing, of friendship and love. Covers big themes of love and marriage, family and friendship, work and death.</t>
   </si>
   <si>
     <t>Betts, A.J.</t>
   </si>
   <si>
     <t>Zac &amp; Mia</t>
   </si>
   <si>
     <t>YA Fiction</t>
   </si>
   <si>
     <t xml:space="preserve">Zac needs Mia, and Mia needs Zac. This is a friendship that would not exist in the real world, but in hospital different rules apply. </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">In 2013 Kudish journalist Behrouz Boochani was detained on Manus island. His book is a vivid portrait of years of incarceration and exile, laboriously tapped out on a mobile phone. </t>
   </si>
   <si>
     <t>Boyne, John</t>
   </si>
   <si>
     <t>The Boy in the Striped Pyjamas</t>
   </si>
   <si>
     <t>What happens when innocence is confronted by monstrous evil? A moving story of two young boys living on either side of the wire fence surrounding a concentration camp during the Holocaust.</t>
   </si>
   <si>
     <t>Brooks, Geraldine</t>
   </si>
   <si>
     <t>People of the Book</t>
   </si>
   <si>
     <t>From the author of March, the journey of a rare illuminated manuscript through centuries of exile and war.</t>
   </si>
   <si>
     <t>Year of Wonders</t>
   </si>
   <si>
     <t>The moving story of a community and survivors living through the plague in England 1666.</t>
   </si>
@@ -1082,736 +1079,151 @@
   <si>
     <t xml:space="preserve">It's just a small story really, about among other things: a girl, some words, an accordionist, some fanatical Germans, a Jewish fist-fighter, and quite a lot of thievery. </t>
   </si>
   <si>
     <t>Bridge of Clay</t>
   </si>
   <si>
     <t>Four brothers bring themselves up according to their own rules. An inventive novel about a family held together by stories, a boy in search of greatness and a cure for a painful past.</t>
   </si>
   <si>
     <t>Robotham, Michael</t>
   </si>
   <si>
     <t>Life or Death</t>
   </si>
   <si>
     <t>A gripping thriller full of suspense and plot twists. Why would a man escape from prison the day before he's due to be released?</t>
   </si>
   <si>
     <t>Yes, incl. Large Print</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="xr9">
-[...6 lines deleted...]
-  <fonts count="28">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <fonts count="8">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF202020"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...149 lines deleted...]
-    <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Segoe UI"/>
       <charset val="134"/>
     </font>
   </fonts>
-  <fills count="34">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.149998474074526"/>
-[...185 lines deleted...]
-        <fgColor theme="9" tint="0.399975585192419"/>
+        <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...96 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="49">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
-[...142 lines deleted...]
-    </xf>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -1835,116 +1247,72 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" quotePrefix="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="49">
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Comma" xfId="1" builtinId="3"/>
-[...46 lines deleted...]
-    <cellStyle name="60% - Accent6" xfId="48" builtinId="52"/>
   </cellStyles>
+  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2155,2888 +1523,2876 @@
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
-[...1 lines deleted...]
-  <dimension ref="A1:I105"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:I104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="E5" sqref="E5"/>
+      <pane ySplit="1" topLeftCell="A65" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C69" sqref="C69"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.14285714285714" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="17.2857142857143" style="5" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="7.57142857142857" style="5" customWidth="1"/>
+    <col min="1" max="1" width="17.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="23.42578125" style="5" customWidth="1"/>
+    <col min="3" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="8" style="5" customWidth="1"/>
-    <col min="5" max="5" width="41.5714285714286" style="5" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="16384" width="9.14285714285714" style="5"/>
+    <col min="5" max="5" width="41.5703125" style="5" customWidth="1"/>
+    <col min="6" max="6" width="11.140625" style="5" customWidth="1"/>
+    <col min="7" max="7" width="11.7109375" style="5" customWidth="1"/>
+    <col min="8" max="8" width="11.140625" style="5" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" ht="44.25" customHeight="1" spans="1:9">
+    <row r="1" spans="1:9" ht="44.25" customHeight="1">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="20">
         <v>2025</v>
       </c>
     </row>
-    <row r="2" ht="48.75" customHeight="1" spans="1:8">
+    <row r="2" spans="1:9" ht="48.75" customHeight="1">
       <c r="A2" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="9">
         <v>8</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="10" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="3" ht="38.25" spans="1:8">
+    <row r="3" spans="1:9" ht="38.25">
       <c r="A3" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="9">
         <v>3</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="9" t="s">
         <v>12</v>
       </c>
       <c r="H3" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="4" ht="51" spans="1:8">
+    <row r="4" spans="1:9" ht="51">
       <c r="A4" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C4" s="9">
         <v>5</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="11" t="s">
         <v>19</v>
       </c>
       <c r="F4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="5" ht="51" spans="1:8">
+    <row r="5" spans="1:9" ht="51">
       <c r="A5" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="9">
         <v>3</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="12" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" ht="89.25" spans="1:8">
+    <row r="6" spans="1:9" ht="89.25">
       <c r="A6" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="9">
         <v>7</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H6" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" ht="51" spans="1:8">
+    <row r="7" spans="1:9" ht="51">
       <c r="A7" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="9">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>27</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H7" s="14" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="8" ht="38.25" spans="1:8">
+    <row r="8" spans="1:9" ht="38.25">
       <c r="A8" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B8" s="13" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="9">
         <v>4</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H8" s="14" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="9" ht="51" spans="1:8">
+    <row r="9" spans="1:9" ht="51">
       <c r="A9" s="11" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>35</v>
       </c>
       <c r="F9" s="15" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="15" t="s">
         <v>13</v>
       </c>
       <c r="H9" s="14" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="10" ht="38.25" spans="1:8">
+    <row r="10" spans="1:9" ht="38.25">
       <c r="A10" s="8" t="s">
         <v>36</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="9">
         <v>9</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E10" s="11" t="s">
         <v>39</v>
       </c>
       <c r="F10" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="9" t="s">
         <v>12</v>
       </c>
       <c r="H10" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="11" ht="51" spans="1:8">
-      <c r="A11" s="13" t="s">
+    <row r="11" spans="1:9" ht="51">
+      <c r="A11" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="B11" s="13" t="s">
+      <c r="B11" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="9">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="E11" s="11" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="14" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="12" ht="51" spans="1:8">
+    <row r="12" spans="1:9" ht="38.25">
       <c r="A12" s="8" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C12" s="9">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>45</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H12" s="14" t="s">
-[...3 lines deleted...]
-    <row r="13" ht="38.25" spans="1:8">
+      <c r="H12" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="25.5">
       <c r="A13" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B13" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="B13" s="8" t="s">
+      <c r="C13" s="9">
+        <v>4</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" s="11" t="s">
         <v>47</v>
       </c>
-      <c r="C13" s="9">
-[...5 lines deleted...]
-      <c r="E13" s="11" t="s">
+      <c r="F13" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="56.25" customHeight="1">
+      <c r="A14" s="8" t="s">
         <v>48</v>
-      </c>
-[...12 lines deleted...]
-        <v>46</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C14" s="9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H14" s="14" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="15" ht="56.25" customHeight="1" spans="1:8">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="76.5">
       <c r="A15" s="8" t="s">
         <v>51</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C15" s="9">
         <v>3</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H15" s="14" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="16" ht="76.5" spans="1:8">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="38.25">
       <c r="A16" s="8" t="s">
         <v>54</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C16" s="9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="11" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H16" s="14" t="s">
-[...4 lines deleted...]
-      <c r="A17" s="8" t="s">
+      <c r="H16" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="63.75">
+      <c r="A17" s="16" t="s">
         <v>57</v>
       </c>
-      <c r="B17" s="8" t="s">
+      <c r="B17" s="16" t="s">
         <v>58</v>
       </c>
       <c r="C17" s="9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="11" t="s">
         <v>59</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G17" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H17" s="9" t="s">
-[...3 lines deleted...]
-    <row r="18" ht="63.75" spans="1:8">
+      <c r="H17" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="63.75">
       <c r="A18" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="B18" s="16" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C18" s="9">
         <v>6</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="F18" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="25.5">
+      <c r="A19" s="8" t="s">
         <v>62</v>
       </c>
-      <c r="F18" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B19" s="16" t="s">
+      <c r="B19" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C19" s="9">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="11" t="s">
         <v>64</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H19" s="14" t="s">
-[...3 lines deleted...]
-    <row r="20" ht="25.5" spans="1:8">
+      <c r="H19" s="9" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="63.75">
       <c r="A20" s="8" t="s">
         <v>65</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C20" s="9">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="11" t="s">
         <v>67</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H20" s="9" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="21" ht="63.75" spans="1:8">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="25.5">
       <c r="A21" s="8" t="s">
         <v>68</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>69</v>
       </c>
       <c r="C21" s="9">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="E21" s="11" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="22" ht="25.5" spans="1:8">
+    <row r="22" spans="1:8" ht="63.75">
       <c r="A22" s="8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C22" s="9">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="E22" s="11" t="s">
         <v>74</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="23" ht="63.75" spans="1:8">
+    <row r="23" spans="1:8" ht="51">
       <c r="A23" s="8" t="s">
         <v>75</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C23" s="9">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="E23" s="11" t="s">
         <v>77</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H23" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="24" ht="51" spans="1:8">
+    <row r="24" spans="1:8" ht="51">
       <c r="A24" s="8" t="s">
         <v>78</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C24" s="9">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="E24" s="11" t="s">
         <v>80</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G24" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H24" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="25" ht="51" spans="1:8">
-      <c r="A25" s="8" t="s">
+    <row r="25" spans="1:8" ht="38.25">
+      <c r="A25" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="B25" s="16" t="s">
         <v>81</v>
       </c>
-      <c r="B25" s="8" t="s">
+      <c r="C25" s="9">
+        <v>6</v>
+      </c>
+      <c r="D25" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" s="11" t="s">
         <v>82</v>
       </c>
-      <c r="C25" s="9">
-[...5 lines deleted...]
-      <c r="E25" s="11" t="s">
+      <c r="F25" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="25.5">
+      <c r="A26" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="F25" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B26" s="16" t="s">
+      <c r="B26" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C26" s="9">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E26" s="11" t="s">
         <v>85</v>
       </c>
       <c r="F26" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H26" s="14" t="s">
-[...3 lines deleted...]
-    <row r="27" ht="25.5" spans="1:8">
+      <c r="H26" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="102">
       <c r="A27" s="8" t="s">
         <v>86</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>87</v>
       </c>
       <c r="C27" s="9">
         <v>9</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="11" t="s">
         <v>88</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="28" ht="89.25" spans="1:8">
-      <c r="A28" s="8" t="s">
+    <row r="28" spans="1:8" ht="76.5">
+      <c r="A28" s="11" t="s">
         <v>89</v>
       </c>
-      <c r="B28" s="8" t="s">
+      <c r="B28" s="11" t="s">
         <v>90</v>
       </c>
-      <c r="C28" s="9">
-[...2 lines deleted...]
-      <c r="D28" s="9" t="s">
+      <c r="C28" s="15">
+        <v>5</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="11" t="s">
         <v>91</v>
       </c>
-      <c r="F28" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G28" s="9" t="s">
+      <c r="F28" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="15" t="s">
         <v>13</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="29" ht="76.5" spans="1:8">
+    <row r="29" spans="1:8" ht="76.5">
       <c r="A29" s="11" t="s">
         <v>92</v>
       </c>
       <c r="B29" s="11" t="s">
         <v>93</v>
       </c>
       <c r="C29" s="15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>94</v>
       </c>
       <c r="F29" s="15" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="15" t="s">
         <v>13</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="30" ht="76.5" spans="1:8">
-      <c r="A30" s="11" t="s">
+    <row r="30" spans="1:8" ht="63.75">
+      <c r="A30" s="8" t="s">
         <v>95</v>
       </c>
-      <c r="B30" s="11" t="s">
+      <c r="B30" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="C30" s="15">
-[...2 lines deleted...]
-      <c r="D30" s="15" t="s">
+      <c r="C30" s="9">
+        <v>6</v>
+      </c>
+      <c r="D30" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="11" t="s">
         <v>97</v>
       </c>
-      <c r="F30" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G30" s="15" t="s">
+      <c r="F30" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H30" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="31" ht="63.75" spans="1:8">
+    <row r="31" spans="1:8" ht="76.5">
       <c r="A31" s="8" t="s">
         <v>98</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>99</v>
       </c>
       <c r="C31" s="9">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="11" t="s">
         <v>100</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="9" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="H31" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="32" ht="76.5" spans="1:8">
+    <row r="32" spans="1:8" ht="89.25">
       <c r="A32" s="8" t="s">
         <v>101</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>102</v>
       </c>
       <c r="C32" s="9">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E32" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E32" s="17" t="s">
         <v>103</v>
       </c>
       <c r="F32" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="9" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="H32" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="33" ht="89.25" spans="1:8">
+    <row r="33" spans="1:8" ht="51">
       <c r="A33" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>105</v>
       </c>
       <c r="C33" s="9">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="E33" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" s="11" t="s">
         <v>106</v>
       </c>
       <c r="F33" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="9" t="s">
         <v>12</v>
       </c>
       <c r="H33" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="34" ht="38.25" spans="1:8">
+    <row r="34" spans="1:8" ht="51">
       <c r="A34" s="8" t="s">
         <v>107</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>108</v>
       </c>
       <c r="C34" s="9">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="11" t="s">
         <v>109</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H34" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="35" ht="51" spans="1:8">
+    <row r="35" spans="1:8" ht="114.75">
       <c r="A35" s="8" t="s">
         <v>110</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>111</v>
       </c>
       <c r="C35" s="9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="11" t="s">
         <v>112</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H35" s="9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="36" ht="114.75" spans="1:8">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="51">
       <c r="A36" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="B36" s="8" t="s">
         <v>113</v>
       </c>
-      <c r="B36" s="8" t="s">
+      <c r="C36" s="9">
+        <v>6</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" s="11" t="s">
         <v>114</v>
       </c>
-      <c r="C36" s="9">
-[...5 lines deleted...]
-      <c r="E36" s="11" t="s">
+      <c r="F36" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H36" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="63.75">
+      <c r="A37" s="8" t="s">
         <v>115</v>
-      </c>
-[...12 lines deleted...]
-        <v>113</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>116</v>
       </c>
       <c r="C37" s="9">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="11" t="s">
         <v>117</v>
       </c>
       <c r="F37" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H37" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="38" ht="63.75" spans="1:8">
+    <row r="38" spans="1:8" ht="51">
       <c r="A38" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="B38" s="8" t="s">
         <v>118</v>
       </c>
-      <c r="B38" s="8" t="s">
+      <c r="C38" s="9">
+        <v>4</v>
+      </c>
+      <c r="D38" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" s="11" t="s">
         <v>119</v>
       </c>
-      <c r="C38" s="9">
-[...5 lines deleted...]
-      <c r="E38" s="11" t="s">
+      <c r="F38" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H38" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="51">
+      <c r="A39" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="B39" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F38" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B39" s="8" t="s">
+      <c r="C39" s="9">
+        <v>7</v>
+      </c>
+      <c r="D39" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" s="11" t="s">
         <v>121</v>
       </c>
-      <c r="C39" s="9">
-[...5 lines deleted...]
-      <c r="E39" s="11" t="s">
+      <c r="F39" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H39" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="38.25">
+      <c r="A40" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="B40" s="8" t="s">
         <v>122</v>
-      </c>
-[...15 lines deleted...]
-        <v>123</v>
       </c>
       <c r="C40" s="9">
         <v>6</v>
       </c>
       <c r="D40" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E40" s="11" t="s">
+        <v>123</v>
+      </c>
+      <c r="F40" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H40" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="51">
+      <c r="A41" s="16" t="s">
         <v>124</v>
       </c>
-      <c r="F40" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B41" s="8" t="s">
+      <c r="B41" s="16" t="s">
         <v>125</v>
       </c>
       <c r="C41" s="9">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D41" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="11" t="s">
         <v>126</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H41" s="9" t="s">
-[...4 lines deleted...]
-      <c r="A42" s="16" t="s">
+      <c r="H41" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="76.5">
+      <c r="A42" s="8" t="s">
         <v>127</v>
       </c>
-      <c r="B42" s="16" t="s">
+      <c r="B42" s="8" t="s">
         <v>128</v>
       </c>
       <c r="C42" s="9">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D42" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E42" s="11" t="s">
         <v>129</v>
       </c>
       <c r="F42" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H42" s="14" t="s">
-[...3 lines deleted...]
-    <row r="43" ht="63.75" spans="1:8">
+      <c r="H42" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="153" customHeight="1">
       <c r="A43" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>131</v>
       </c>
       <c r="C43" s="9">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D43" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="E43" s="11" t="s">
+      <c r="E43" s="18" t="s">
         <v>132</v>
       </c>
       <c r="F43" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H43" s="9" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      <c r="A44" s="8" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="38.25">
+      <c r="A44" s="16" t="s">
         <v>133</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>134</v>
       </c>
       <c r="C44" s="9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D44" s="9" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E44" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="E44" s="11" t="s">
         <v>135</v>
       </c>
       <c r="F44" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H44" s="9" t="s">
-[...4 lines deleted...]
-      <c r="A45" s="16" t="s">
+      <c r="H44" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="66" customHeight="1">
+      <c r="A45" s="8" t="s">
         <v>136</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>137</v>
       </c>
       <c r="C45" s="9">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="E45" s="11" t="s">
         <v>138</v>
       </c>
       <c r="F45" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H45" s="14" t="s">
-[...3 lines deleted...]
-    <row r="46" ht="66" customHeight="1" spans="1:8">
+      <c r="H45" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="25.5">
       <c r="A46" s="8" t="s">
         <v>139</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>140</v>
       </c>
       <c r="C46" s="9">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="11" t="s">
         <v>141</v>
       </c>
       <c r="F46" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H46" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="47" ht="25.5" spans="1:8">
+    <row r="47" spans="1:8" ht="63.75">
       <c r="A47" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="B47" s="8" t="s">
         <v>142</v>
       </c>
-      <c r="B47" s="8" t="s">
+      <c r="C47" s="9">
+        <v>10</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" s="11" t="s">
         <v>143</v>
       </c>
-      <c r="C47" s="9">
-[...5 lines deleted...]
-      <c r="E47" s="11" t="s">
+      <c r="F47" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H47" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="76.5">
+      <c r="A48" s="8" t="s">
         <v>144</v>
-      </c>
-[...12 lines deleted...]
-        <v>142</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>145</v>
       </c>
       <c r="C48" s="9">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="11" t="s">
         <v>146</v>
       </c>
       <c r="F48" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H48" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="49" ht="76.5" spans="1:8">
+    <row r="49" spans="1:8" ht="63.75">
       <c r="A49" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="B49" s="8" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C49" s="9">
         <v>3</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="F49" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H49" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="76.5">
+      <c r="A50" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="B50" s="8" t="s">
         <v>149</v>
       </c>
-      <c r="F49" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B50" s="8" t="s">
+      <c r="C50" s="9">
+        <v>4</v>
+      </c>
+      <c r="D50" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" s="11" t="s">
         <v>150</v>
       </c>
-      <c r="C50" s="9">
+      <c r="F50" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H50" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="76.5">
+      <c r="A51" s="11" t="s">
+        <v>151</v>
+      </c>
+      <c r="B51" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="C51" s="15">
         <v>3</v>
       </c>
-      <c r="D50" s="9" t="s">
-[...25 lines deleted...]
-      <c r="D51" s="9" t="s">
+      <c r="D51" s="15" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="11" t="s">
         <v>153</v>
       </c>
-      <c r="F51" s="9" t="s">
-[...10 lines deleted...]
-      <c r="A52" s="11" t="s">
+      <c r="F51" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="38.25">
+      <c r="A52" s="8" t="s">
         <v>154</v>
       </c>
-      <c r="B52" s="11" t="s">
+      <c r="B52" s="8" t="s">
         <v>155</v>
       </c>
-      <c r="C52" s="15">
-[...2 lines deleted...]
-      <c r="D52" s="15" t="s">
+      <c r="C52" s="9">
+        <v>7</v>
+      </c>
+      <c r="D52" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="11" t="s">
         <v>156</v>
       </c>
-      <c r="F52" s="15" t="s">
-[...9 lines deleted...]
-    <row r="53" ht="38.25" spans="1:8">
+      <c r="F52" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H52" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="76.5">
       <c r="A53" s="8" t="s">
         <v>157</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>158</v>
       </c>
       <c r="C53" s="9">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="11" t="s">
         <v>159</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G53" s="9" t="s">
         <v>12</v>
       </c>
       <c r="H53" s="9" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      <c r="A54" s="8" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="63.75">
+      <c r="A54" s="11" t="s">
         <v>160</v>
       </c>
-      <c r="B54" s="8" t="s">
+      <c r="B54" s="11" t="s">
         <v>161</v>
       </c>
-      <c r="C54" s="9">
-[...2 lines deleted...]
-      <c r="D54" s="9" t="s">
+      <c r="C54" s="15">
+        <v>5</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="11" t="s">
         <v>162</v>
       </c>
-      <c r="F54" s="9" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="F54" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="15" t="s">
+        <v>13</v>
       </c>
       <c r="H54" s="9" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="A55" s="11" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="51">
+      <c r="A55" s="8" t="s">
         <v>163</v>
       </c>
-      <c r="B55" s="11" t="s">
+      <c r="B55" s="8" t="s">
         <v>164</v>
       </c>
-      <c r="C55" s="15">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="C55" s="9">
+        <v>8</v>
+      </c>
+      <c r="D55" s="9" t="s">
+        <v>70</v>
       </c>
       <c r="E55" s="11" t="s">
         <v>165</v>
       </c>
-      <c r="F55" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G55" s="15" t="s">
+      <c r="F55" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H55" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="56" ht="51" spans="1:8">
-      <c r="A56" s="8" t="s">
+    <row r="56" spans="1:8" ht="51">
+      <c r="A56" s="13" t="s">
         <v>166</v>
       </c>
-      <c r="B56" s="8" t="s">
+      <c r="B56" s="13" t="s">
         <v>167</v>
       </c>
       <c r="C56" s="9">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D56" s="9" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="E56" s="11" t="s">
         <v>168</v>
       </c>
       <c r="F56" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H56" s="9" t="s">
-[...4 lines deleted...]
-      <c r="A57" s="13" t="s">
+      <c r="H56" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="38.25">
+      <c r="A57" s="8" t="s">
         <v>169</v>
       </c>
-      <c r="B57" s="13" t="s">
+      <c r="B57" s="8" t="s">
         <v>170</v>
       </c>
       <c r="C57" s="9">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="E57" s="11" t="s">
+      <c r="E57" s="19" t="s">
         <v>171</v>
       </c>
       <c r="F57" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H57" s="14" t="s">
-[...3 lines deleted...]
-    <row r="58" ht="38.25" spans="1:8">
+      <c r="H57" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="63.75">
       <c r="A58" s="8" t="s">
         <v>172</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>173</v>
       </c>
       <c r="C58" s="9">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="19" t="s">
         <v>174</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G58" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H58" s="9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="59" ht="63.75" spans="1:8">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="51">
       <c r="A59" s="8" t="s">
         <v>175</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>176</v>
       </c>
       <c r="C59" s="9">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="E59" s="19" t="s">
+      <c r="E59" s="11" t="s">
         <v>177</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G59" s="9" t="s">
         <v>12</v>
       </c>
       <c r="H59" s="9" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="60" ht="51" spans="1:8">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="63.75">
       <c r="A60" s="8" t="s">
         <v>178</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>179</v>
       </c>
       <c r="C60" s="9">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D60" s="9" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="E60" s="11" t="s">
         <v>180</v>
       </c>
       <c r="F60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H60" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="61" ht="63.75" spans="1:8">
-      <c r="A61" s="8" t="s">
+    <row r="61" spans="1:8" ht="51">
+      <c r="A61" s="13" t="s">
         <v>181</v>
       </c>
-      <c r="B61" s="8" t="s">
+      <c r="B61" s="13" t="s">
         <v>182</v>
       </c>
       <c r="C61" s="9">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D61" s="9" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="E61" s="11" t="s">
         <v>183</v>
       </c>
       <c r="F61" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="9" t="s">
-        <v>13</v>
-[...6 lines deleted...]
-      <c r="A62" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="H61" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="51">
+      <c r="A62" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="B62" s="8" t="s">
         <v>184</v>
       </c>
-      <c r="B62" s="13" t="s">
+      <c r="C62" s="9">
+        <v>8</v>
+      </c>
+      <c r="D62" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E62" s="23" t="s">
         <v>185</v>
       </c>
-      <c r="C62" s="9">
-[...5 lines deleted...]
-      <c r="E62" s="11" t="s">
+      <c r="F62" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H62" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="51">
+      <c r="A63" s="13" t="s">
+        <v>181</v>
+      </c>
+      <c r="B63" s="13" t="s">
         <v>186</v>
       </c>
-      <c r="F62" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B63" s="8" t="s">
+      <c r="C63" s="9">
+        <v>7</v>
+      </c>
+      <c r="D63" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" s="11" t="s">
         <v>187</v>
       </c>
-      <c r="C63" s="9">
-[...5 lines deleted...]
-      <c r="E63" s="23" t="s">
+      <c r="F63" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H63" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="51">
+      <c r="A64" s="13" t="s">
         <v>188</v>
-      </c>
-[...12 lines deleted...]
-        <v>184</v>
       </c>
       <c r="B64" s="13" t="s">
         <v>189</v>
       </c>
       <c r="C64" s="9">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F64" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H64" s="14" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="65" ht="51" spans="1:8">
+    <row r="65" spans="1:8" ht="114.75">
       <c r="A65" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="B65" s="13" t="s">
         <v>191</v>
       </c>
-      <c r="B65" s="13" t="s">
+      <c r="C65" s="9">
+        <v>3</v>
+      </c>
+      <c r="D65" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" s="11" t="s">
         <v>192</v>
       </c>
-      <c r="C65" s="9">
-[...5 lines deleted...]
-      <c r="E65" s="11" t="s">
+      <c r="F65" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H65" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="58.5" customHeight="1">
+      <c r="A66" s="21" t="s">
         <v>193</v>
       </c>
-      <c r="F65" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B66" s="13" t="s">
+      <c r="B66" s="21" t="s">
         <v>194</v>
       </c>
       <c r="C66" s="9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E66" s="11" t="s">
         <v>195</v>
       </c>
       <c r="F66" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="H66" s="14" t="s">
-[...4 lines deleted...]
-      <c r="A67" s="21" t="s">
+      <c r="H66" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="85.5">
+      <c r="A67" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="B67" s="8" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="C67" s="9">
         <v>5</v>
       </c>
       <c r="D67" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E67" s="11" t="s">
+        <v>197</v>
+      </c>
+      <c r="F67" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H67" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="51">
+      <c r="A68" s="8" t="s">
         <v>198</v>
-      </c>
-[...12 lines deleted...]
-        <v>196</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>199</v>
       </c>
       <c r="C68" s="9">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D68" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E68" s="11" t="s">
         <v>200</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G68" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="69" ht="51" spans="1:8">
+    <row r="69" spans="1:8" ht="51">
       <c r="A69" s="8" t="s">
         <v>201</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>202</v>
       </c>
       <c r="C69" s="9">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D69" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="11" t="s">
         <v>203</v>
       </c>
       <c r="F69" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="70" ht="51" spans="1:8">
+    <row r="70" spans="1:8" ht="51">
       <c r="A70" s="8" t="s">
         <v>204</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>205</v>
       </c>
       <c r="C70" s="9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D70" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E70" s="11" t="s">
         <v>206</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G70" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="71" ht="51" spans="1:8">
+    <row r="71" spans="1:8" ht="102">
       <c r="A71" s="8" t="s">
         <v>207</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>208</v>
       </c>
       <c r="C71" s="9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="11" t="s">
         <v>209</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="72" ht="102" spans="1:8">
+    <row r="72" spans="1:8" ht="81" customHeight="1">
       <c r="A72" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="B72" s="8" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="C72" s="9">
         <v>5</v>
       </c>
       <c r="D72" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E72" s="11" t="s">
+        <v>211</v>
+      </c>
+      <c r="F72" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H72" s="9" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="68.25" customHeight="1">
+      <c r="A73" s="8" t="s">
         <v>212</v>
-      </c>
-[...12 lines deleted...]
-        <v>210</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>213</v>
       </c>
       <c r="C73" s="9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D73" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="11" t="s">
         <v>214</v>
       </c>
       <c r="F73" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H73" s="9" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="74" ht="68.25" customHeight="1" spans="1:8">
+    <row r="74" spans="1:8" ht="86.25" customHeight="1">
       <c r="A74" s="8" t="s">
         <v>215</v>
       </c>
       <c r="B74" s="8" t="s">
         <v>216</v>
       </c>
       <c r="C74" s="9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D74" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="11" t="s">
         <v>217</v>
       </c>
       <c r="F74" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H74" s="9" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="75" ht="86.25" customHeight="1" spans="1:8">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="25.5">
       <c r="A75" s="8" t="s">
         <v>218</v>
       </c>
       <c r="B75" s="8" t="s">
         <v>219</v>
       </c>
       <c r="C75" s="9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D75" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="E75" s="11" t="s">
+      <c r="E75" s="19" t="s">
         <v>220</v>
       </c>
       <c r="F75" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G75" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H75" s="9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="76" ht="25.5" spans="1:8">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="76.5">
       <c r="A76" s="8" t="s">
         <v>221</v>
       </c>
       <c r="B76" s="8" t="s">
         <v>222</v>
       </c>
       <c r="C76" s="9">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D76" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="E76" s="19" t="s">
+      <c r="E76" s="11" t="s">
         <v>223</v>
       </c>
       <c r="F76" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G76" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H76" s="9" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="77" ht="63.75" spans="1:8">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="51">
       <c r="A77" s="8" t="s">
         <v>224</v>
       </c>
       <c r="B77" s="8" t="s">
         <v>225</v>
       </c>
       <c r="C77" s="9">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D77" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E77" s="11" t="s">
         <v>226</v>
       </c>
       <c r="F77" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G77" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H77" s="9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="78" ht="51" spans="1:8">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="51">
       <c r="A78" s="8" t="s">
         <v>227</v>
       </c>
       <c r="B78" s="8" t="s">
         <v>228</v>
       </c>
       <c r="C78" s="9">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D78" s="9" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="E78" s="11" t="s">
         <v>229</v>
       </c>
       <c r="F78" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G78" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H78" s="9" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="79" ht="51" spans="1:8">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="63.75">
       <c r="A79" s="8" t="s">
         <v>230</v>
       </c>
       <c r="B79" s="8" t="s">
         <v>231</v>
       </c>
       <c r="C79" s="9">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D79" s="9" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="E79" s="11" t="s">
         <v>232</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G79" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H79" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="80" ht="63.75" spans="1:8">
+    <row r="80" spans="1:8" ht="63.75">
       <c r="A80" s="8" t="s">
         <v>233</v>
       </c>
       <c r="B80" s="8" t="s">
         <v>234</v>
       </c>
       <c r="C80" s="9">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D80" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="11" t="s">
         <v>235</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G80" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H80" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="81" ht="63.75" spans="1:8">
+    <row r="81" spans="1:8" ht="38.25">
       <c r="A81" s="8" t="s">
         <v>236</v>
       </c>
       <c r="B81" s="8" t="s">
         <v>237</v>
       </c>
       <c r="C81" s="9">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D81" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E81" s="11" t="s">
         <v>238</v>
       </c>
       <c r="F81" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G81" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H81" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="82" ht="38.25" spans="1:8">
+    <row r="82" spans="1:8" ht="63.75">
       <c r="A82" s="8" t="s">
         <v>239</v>
       </c>
       <c r="B82" s="8" t="s">
         <v>240</v>
       </c>
       <c r="C82" s="9">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D82" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E82" s="11" t="s">
         <v>241</v>
       </c>
       <c r="F82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H82" s="9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="83" ht="63.75" spans="1:8">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="76.5">
       <c r="A83" s="8" t="s">
         <v>242</v>
       </c>
       <c r="B83" s="8" t="s">
         <v>243</v>
       </c>
       <c r="C83" s="9">
         <v>5</v>
       </c>
       <c r="D83" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E83" s="11" t="s">
         <v>244</v>
       </c>
       <c r="F83" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H83" s="9" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="84" ht="76.5" spans="1:8">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="76.5">
       <c r="A84" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="B84" s="8" t="s">
         <v>245</v>
       </c>
-      <c r="B84" s="8" t="s">
+      <c r="C84" s="9">
+        <v>9</v>
+      </c>
+      <c r="D84" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E84" s="11" t="s">
         <v>246</v>
       </c>
-      <c r="C84" s="9">
-[...5 lines deleted...]
-      <c r="E84" s="11" t="s">
+      <c r="F84" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H84" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="38.25">
+      <c r="A85" s="8" t="s">
         <v>247</v>
-      </c>
-[...12 lines deleted...]
-        <v>245</v>
       </c>
       <c r="B85" s="8" t="s">
         <v>248</v>
       </c>
       <c r="C85" s="9">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D85" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E85" s="11" t="s">
         <v>249</v>
       </c>
       <c r="F85" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G85" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H85" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="86" ht="38.25" spans="1:8">
+    <row r="86" spans="1:8" ht="89.25">
       <c r="A86" s="8" t="s">
         <v>250</v>
       </c>
       <c r="B86" s="8" t="s">
         <v>251</v>
       </c>
       <c r="C86" s="9">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D86" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E86" s="11" t="s">
         <v>252</v>
       </c>
       <c r="F86" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G86" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H86" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="87" ht="89.25" spans="1:8">
+    <row r="87" spans="1:8" ht="38.25">
       <c r="A87" s="8" t="s">
         <v>253</v>
       </c>
       <c r="B87" s="8" t="s">
         <v>254</v>
       </c>
       <c r="C87" s="9">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D87" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E87" s="11" t="s">
         <v>255</v>
       </c>
       <c r="F87" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G87" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H87" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="88" ht="38.25" spans="1:8">
+    <row r="88" spans="1:8" ht="25.5">
       <c r="A88" s="8" t="s">
         <v>256</v>
       </c>
       <c r="B88" s="8" t="s">
         <v>257</v>
       </c>
       <c r="C88" s="9">
         <v>10</v>
       </c>
       <c r="D88" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E88" s="11" t="s">
         <v>258</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G88" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H88" s="9" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      <c r="A89" s="8" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="84.75" customHeight="1">
+      <c r="A89" s="13" t="s">
         <v>259</v>
       </c>
-      <c r="B89" s="8" t="s">
+      <c r="B89" s="13" t="s">
         <v>260</v>
       </c>
       <c r="C89" s="9">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D89" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="E89" s="11" t="s">
+      <c r="E89" s="21" t="s">
         <v>261</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G89" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H89" s="9" t="s">
-[...4 lines deleted...]
-      <c r="A90" s="13" t="s">
+      <c r="H89" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="38.25">
+      <c r="A90" s="8" t="s">
         <v>262</v>
       </c>
-      <c r="B90" s="13" t="s">
+      <c r="B90" s="8" t="s">
         <v>263</v>
       </c>
       <c r="C90" s="9">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D90" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="E90" s="21" t="s">
+      <c r="E90" s="11" t="s">
         <v>264</v>
       </c>
       <c r="F90" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G90" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H90" s="14" t="s">
-[...4 lines deleted...]
-      <c r="A91" s="8" t="s">
+      <c r="H90" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" ht="51">
+      <c r="A91" s="21" t="s">
         <v>265</v>
       </c>
-      <c r="B91" s="8" t="s">
+      <c r="B91" s="21" t="s">
         <v>266</v>
       </c>
       <c r="C91" s="9">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D91" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E91" s="11" t="s">
         <v>267</v>
       </c>
       <c r="F91" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H91" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="92" ht="51" spans="1:8">
+    <row r="92" spans="1:8" ht="90.75" customHeight="1">
       <c r="A92" s="21" t="s">
         <v>268</v>
       </c>
       <c r="B92" s="21" t="s">
         <v>269</v>
       </c>
       <c r="C92" s="9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D92" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="E92" s="11" t="s">
+      <c r="E92" s="22" t="s">
         <v>270</v>
       </c>
       <c r="F92" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H92" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="93" ht="90.75" customHeight="1" spans="1:8">
-      <c r="A93" s="21" t="s">
+    <row r="93" spans="1:8" ht="38.25">
+      <c r="A93" s="8" t="s">
         <v>271</v>
       </c>
-      <c r="B93" s="21" t="s">
+      <c r="B93" s="8" t="s">
         <v>272</v>
       </c>
       <c r="C93" s="9">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D93" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="E93" s="22" t="s">
+      <c r="E93" s="11" t="s">
         <v>273</v>
       </c>
       <c r="F93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="94" ht="38.25" spans="1:8">
+    <row r="94" spans="1:8" ht="89.25">
       <c r="A94" s="8" t="s">
         <v>274</v>
       </c>
       <c r="B94" s="8" t="s">
         <v>275</v>
       </c>
       <c r="C94" s="9">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D94" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E94" s="11" t="s">
         <v>276</v>
       </c>
       <c r="F94" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H94" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="95" ht="89.25" spans="1:8">
+    <row r="95" spans="1:8" ht="76.5">
       <c r="A95" s="8" t="s">
+        <v>274</v>
+      </c>
+      <c r="B95" s="8" t="s">
         <v>277</v>
       </c>
-      <c r="B95" s="8" t="s">
+      <c r="C95" s="9">
+        <v>10</v>
+      </c>
+      <c r="D95" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E95" s="11" t="s">
         <v>278</v>
       </c>
-      <c r="C95" s="9">
-[...5 lines deleted...]
-      <c r="E95" s="11" t="s">
+      <c r="F95" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H95" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" ht="114.75">
+      <c r="A96" s="8" t="s">
         <v>279</v>
-      </c>
-[...12 lines deleted...]
-        <v>277</v>
       </c>
       <c r="B96" s="8" t="s">
         <v>280</v>
       </c>
       <c r="C96" s="9">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D96" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E96" s="11" t="s">
         <v>281</v>
       </c>
       <c r="F96" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G96" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H96" s="9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="97" ht="114.75" spans="1:8">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" ht="63.75">
       <c r="A97" s="8" t="s">
+        <v>279</v>
+      </c>
+      <c r="B97" s="8" t="s">
         <v>282</v>
       </c>
-      <c r="B97" s="8" t="s">
+      <c r="C97" s="9">
+        <v>10</v>
+      </c>
+      <c r="D97" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E97" s="11" t="s">
         <v>283</v>
       </c>
-      <c r="C97" s="9">
-[...5 lines deleted...]
-      <c r="E97" s="11" t="s">
+      <c r="F97" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G97" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H97" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" ht="63.75">
+      <c r="A98" s="8" t="s">
         <v>284</v>
-      </c>
-[...12 lines deleted...]
-        <v>282</v>
       </c>
       <c r="B98" s="8" t="s">
         <v>285</v>
       </c>
       <c r="C98" s="9">
         <v>10</v>
       </c>
       <c r="D98" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E98" s="11" t="s">
         <v>286</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G98" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H98" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="99" ht="51" spans="1:8">
+    <row r="99" spans="1:8" ht="38.25">
       <c r="A99" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="B99" s="8" t="s">
         <v>287</v>
       </c>
-      <c r="B99" s="8" t="s">
+      <c r="C99" s="9">
+        <v>8</v>
+      </c>
+      <c r="D99" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E99" s="11" t="s">
         <v>288</v>
       </c>
-      <c r="C99" s="9">
-[...5 lines deleted...]
-      <c r="E99" s="11" t="s">
+      <c r="F99" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H99" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" ht="38.25">
+      <c r="A100" s="8" t="s">
         <v>289</v>
-      </c>
-[...12 lines deleted...]
-        <v>287</v>
       </c>
       <c r="B100" s="8" t="s">
         <v>290</v>
       </c>
       <c r="C100" s="9">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D100" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="11" t="s">
         <v>291</v>
       </c>
       <c r="F100" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G100" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="H100" s="14" t="s">
-[...3 lines deleted...]
-    <row r="101" ht="38.25" spans="1:8">
+      <c r="H100" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="38.25">
       <c r="A101" s="8" t="s">
         <v>292</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>293</v>
       </c>
       <c r="C101" s="9">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D101" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E101" s="11" t="s">
         <v>294</v>
       </c>
       <c r="F101" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G101" s="9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H101" s="9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="102" ht="25.5" spans="1:8">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" ht="38.25">
       <c r="A102" s="8" t="s">
         <v>295</v>
       </c>
       <c r="B102" s="8" t="s">
         <v>296</v>
       </c>
       <c r="C102" s="9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D102" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E102" s="11" t="s">
         <v>297</v>
       </c>
       <c r="F102" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G102" s="9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H102" s="9" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="103" ht="38.25" spans="1:8">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" ht="51">
       <c r="A103" s="8" t="s">
         <v>298</v>
       </c>
       <c r="B103" s="8" t="s">
         <v>299</v>
       </c>
       <c r="C103" s="9">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D103" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E103" s="11" t="s">
         <v>300</v>
       </c>
       <c r="F103" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G103" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H103" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="104" ht="51" spans="1:8">
+    <row r="104" spans="1:8" ht="51">
       <c r="A104" s="8" t="s">
+        <v>298</v>
+      </c>
+      <c r="B104" s="8" t="s">
         <v>301</v>
       </c>
-      <c r="B104" s="8" t="s">
+      <c r="C104" s="9">
+        <v>4</v>
+      </c>
+      <c r="D104" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E104" s="11" t="s">
         <v>302</v>
       </c>
-      <c r="C104" s="9">
-[...7 lines deleted...]
-      </c>
       <c r="F104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="105" ht="51" spans="1:8">
-[...24 lines deleted...]
-    </row>
   </sheetData>
-  <pageMargins left="0.118110236220472" right="0.118110236220472" top="0.551181102362205" bottom="0.354330708661417" header="0.31496062992126" footer="0.31496062992126"/>
-  <pageSetup paperSize="9" orientation="landscape"/>
+  <pageMargins left="0.118110236220472" right="0.118110236220472" top="0.55118110236220497" bottom="0.35433070866141703" header="0.31496062992126" footer="0.31496062992126"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;9Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
-  <sheetPr/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A4:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" outlineLevelRow="3" outlineLevelCol="7"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="15.2857142857143" customWidth="1"/>
+    <col min="1" max="1" width="15.28515625" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
-    <col min="5" max="5" width="38.7142857142857" customWidth="1"/>
-    <col min="7" max="7" width="11.7142857142857" customWidth="1"/>
+    <col min="5" max="5" width="38.7109375" customWidth="1"/>
+    <col min="7" max="7" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="4" s="1" customFormat="1" ht="60" spans="1:8">
+    <row r="4" spans="1:8" s="1" customFormat="1" ht="60">
       <c r="A4" s="2" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C4" s="3">
         <v>2</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>工作表</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
+      <vt:lpstr>Sheet1!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ramped</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SynergySoftUID">
     <vt:lpwstr>K5A4F6180</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>1218776710964A338D42B6C277BC0CC3_12</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
     <vt:lpwstr>2057-12.2.0.22549</vt:lpwstr>
   </property>
 </Properties>
 </file>